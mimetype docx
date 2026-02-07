--- v0 (2026-01-13)
+++ v1 (2026-02-07)
@@ -834,51 +834,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P7S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK428_U1: </w:t>
       </w:r>
     </w:p>
@@ -898,67 +898,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U02, AiR1_U03</w:t>
+        <w:t xml:space="preserve">AiR1_U03, AiR1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK428_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność oceny wyników i analizy błędów pomiarowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>