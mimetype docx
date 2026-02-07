--- v0 (2026-01-12)
+++ v1 (2026-02-07)
@@ -1057,67 +1057,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena pracy studenta podczas laboratorium, ocena sprawozdania z ćwiczeń laboratoryjnych, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U01</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK311_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada umiejętność wyznaczania parametrów drgań tłumionych i poddanych działaniu wymuszeń zewnętrznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>