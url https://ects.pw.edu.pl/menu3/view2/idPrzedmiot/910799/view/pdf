--- v1 (2026-02-07)
+++ v2 (2026-02-27)
@@ -783,221 +783,291 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK311_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę w zakresie wyznaczania częstości i postaci drgań własnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca studenta w trakcie laboratorium, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK311_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK311_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę w zakresie wyznaczania częstości i postaci drgań własnych.</w:t>
+        <w:t xml:space="preserve">Student posiada wiedzę dotyczącą wpływu tłumienia i różnego rodzaju wymuszeń na drgania układu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, praca studenta w trakcie laboratorium, egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01</w:t>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK311_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK311_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę dotyczącą wpływu tłumienia i różnego rodzaju wymuszeń na drgania układu.</w:t>
+        <w:t xml:space="preserve">Student posiada umiejętności w zakresie modelowania prostych układów drgających.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium, ocena pracy studenta podczas laboratorium, ocena sprawozdania z ćwiczeń laboratoryjnych, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W04</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK311_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK311_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada umiejętności w zakresie modelowania prostych układów drgających.</w:t>
+        <w:t xml:space="preserve">Student posiada umiejętność wyznaczania częstości i postaci drgań własnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena pracy studenta podczas laboratorium, ocena sprawozdania z ćwiczeń laboratoryjnych, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1016,178 +1086,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK311_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK311_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada umiejętność wyznaczania częstości i postaci drgań własnych.</w:t>
+        <w:t xml:space="preserve">Student posiada umiejętność wyznaczania parametrów drgań tłumionych i poddanych działaniu wymuszeń zewnętrznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena pracy studenta podczas laboratorium, ocena sprawozdania z ćwiczeń laboratoryjnych, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U07</w:t>
+        <w:t xml:space="preserve">AiR1_U02, AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK311_K1: </w:t>
       </w:r>
     </w:p>