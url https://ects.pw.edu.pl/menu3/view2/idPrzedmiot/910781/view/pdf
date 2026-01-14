--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -819,67 +819,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z przebiegu praktyk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U02, AiR1_U20, AiR1_U01</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U02, AiR1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, P6U_U, I.P6S_UU, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.PR_A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się technikami informacyjno-komunikacyjnymi właściwymi do realizacji zadań typowych dla działalności inżynierskiej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>