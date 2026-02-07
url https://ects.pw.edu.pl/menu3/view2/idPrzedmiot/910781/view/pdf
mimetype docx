--- v1 (2026-01-14)
+++ v2 (2026-02-07)
@@ -889,67 +889,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z przebiegu praktyk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U20</w:t>
+        <w:t xml:space="preserve">AiR1_U20, AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.PR_A_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma przygotowanie niezbędne do pracy w środowisku przemysłowym oraz stosuje zasady bezpieczeństwa związane z tą pracą.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>