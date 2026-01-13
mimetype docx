--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -1202,191 +1202,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW135_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Jest w stanie wyjaśnić działanie układów elektronicznych analogowych (wzmacniacze, generatory, zasilacze).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW135_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW135_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Jest w stanie wyjaśnić działanie układów elektronicznych analogowych (wzmacniacze, generatory, zasilacze).</w:t>
+        <w:t xml:space="preserve">Jest w stanie wyjaśnić działanie układów cyfrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW135_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczyć parametry układów elektronicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>