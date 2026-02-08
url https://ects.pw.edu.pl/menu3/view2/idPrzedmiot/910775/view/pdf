--- v1 (2026-01-13)
+++ v2 (2026-02-08)
@@ -756,67 +756,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W02, AiR1_W11</w:t>
+        <w:t xml:space="preserve">AiR1_W11, AiR1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P7S_WG.o, III.P6S_WG, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P7S_WG.o, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW135_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę podstawową z elektroniki i półprzewodników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1202,51 +1202,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW135_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest w stanie wyjaśnić działanie układów elektronicznych analogowych (wzmacniacze, generatory, zasilacze).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>