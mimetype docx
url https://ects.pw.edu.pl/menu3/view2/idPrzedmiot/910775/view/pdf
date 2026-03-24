--- v2 (2026-02-08)
+++ v3 (2026-03-24)
@@ -756,67 +756,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W11, AiR1_W02</w:t>
+        <w:t xml:space="preserve">AiR1_W02, AiR1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P7S_WG.o, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P7S_WG.o, III.P6S_WG, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW135_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę podstawową z elektroniki i półprzewodników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1052,51 +1052,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW135_U1: </w:t>
       </w:r>
     </w:p>