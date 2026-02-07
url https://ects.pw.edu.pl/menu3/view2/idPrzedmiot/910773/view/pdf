--- v0 (2026-01-15)
+++ v1 (2026-02-07)
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W09, AiR1_W15</w:t>
+        <w:t xml:space="preserve">AiR1_W09, AiR1_W15, AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1215,51 +1215,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW123_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student potrafi wyznaczyć odpowiedź układu na typowe wymuszenia techniczne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1425,51 +1425,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05, AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW123_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student potrafi opisać co najmniej jedną metodę doboru nastaw regulatora PID.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>