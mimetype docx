--- v1 (2026-02-07)
+++ v2 (2026-03-24)
@@ -995,71 +995,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W09, AiR1_W15, AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna wybrane kryteria oceny stabilności układów liniowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W09, AiR1_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna wybrane kryteria oceny stabilności układów liniowych.							</w:t>
+        <w:t xml:space="preserve">							Student zna podstawy regulacji PID.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1070,146 +1140,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W09, AiR1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna podstawy regulacji PID.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi dokonać transformaty Laplace'a wybranego sygnału technicznego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W09, AiR1_W15</w:t>
+        <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi dokonać transformaty Laplace'a wybranego sygnału technicznego.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć odpowiedź układu na typowe wymuszenia techniczne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1228,58 +1298,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi wyznaczyć odpowiedź układu na typowe wymuszenia techniczne.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi zastosować wybrane kryteria stabilności układów liniowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1298,178 +1368,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi zastosować wybrane kryteria stabilności układów liniowych.							</w:t>
+        <w:t xml:space="preserve">														Student potrafi wymienić i zdefiniować podstawowe wskaźniki jakości regulacji.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U06, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW123_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student potrafi opisać co najmniej jedną metodę doboru nastaw regulatora PID.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>