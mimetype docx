--- v0 (2026-01-14)
+++ v1 (2026-02-06)
@@ -782,691 +782,691 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie formułowania zasad zachowania dla płynu, równań opisujących jego ruch i ich całek pierwszych, a także sposobów określania reakcji aero/hydrodynamicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwium nr 1, kolokwium nr 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW122_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie formułowania zasad zachowania dla płynu, równań opisujących jego ruch i ich całek pierwszych, a także sposobów określania reakcji aero/hydrodynamicznych.</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat modelu płynu newtonowskiego oraz inżynierskich metod wyznaczania ruchu laminarnego i turbulentnego cieczy lepkiej w rurociągach, zna pojęcie podobieństwa dynamicznego przepływów i znaczenie fizyczne podstawowych liczb podobieństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma elementarną wiedzę w zakresie podstaw dynamiki gazów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi rozwiązać proste zagadnienia inżynierskie z zakresu statyki cieczy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U07, AiR1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posłużyć się aparatem algebry i analizy wektorowej do wyznaczenia charakterystyk ruchu płynu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi rozwiązać zagadnienia wyznaczania ruchu cieczy idealnej lub rzeczywistej w prostych rurociągach posługując się podstawowym lub uogólnionym równaniem Bernoulliego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwium nr 1, kolokwium nr 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W06</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW122_W3: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę na temat modelu płynu newtonowskiego oraz inżynierskich metod wyznaczania ruchu laminarnego i turbulentnego cieczy lepkiej w rurociągach, zna pojęcie podobieństwa dynamicznego przepływów i znaczenie fizyczne podstawowych liczb podobieństwa.</w:t>
+        <w:t xml:space="preserve">Posługując się całkową postacią zasady zachowania pędu potrafi rozwiązać proste przypadki zagadnienia wyznaczania reakcji hydro/aerodynamicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwium nr 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać prostej analizy warunków podobieństwa dynamicznego, a także wykorzystać metody analizy wymiarowej do przewidywania formalnej postaci praw fizycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W06</w:t>
+        <w:t xml:space="preserve">AiR1_U07, AiR1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW122_W4: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma elementarną wiedzę w zakresie podstaw dynamiki gazów.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać równanie energii do wyznaczania parametrów gazodynamicznych, a także umie określić relacje pomiędzy parametrami gazodynamicznymi przed i za prostopadłą falą uderzeniową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W06, AiR1_W01</w:t>
+        <w:t xml:space="preserve">AiR1_U08, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
-[...288 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">