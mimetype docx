--- v0 (2026-01-12)
+++ v1 (2026-02-08)
@@ -1127,121 +1127,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW118_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi korzystać z Polskich Norm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW118_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać rysunek techniczny połączenia gwintowego, wpustowego i zębatego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>