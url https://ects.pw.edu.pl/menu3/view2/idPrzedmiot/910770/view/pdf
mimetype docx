--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -1127,331 +1127,331 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW118_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi korzystać z Polskich Norm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW118_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać rysunek techniczny połączenia gwintowego, wpustowego i zębatego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonania przez studenta zadań (rysunku) w ramach ćwiczeń oraz w ramach prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW118_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać rysunek złożeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonania przez studenta zadań (rysunku) w ramach ćwiczeń oraz w ramach prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW118_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać rysunek części w oparciu o rysunek złożeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW118_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać rysunek części przy wykorzystaniu systemu CAD-2D.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>