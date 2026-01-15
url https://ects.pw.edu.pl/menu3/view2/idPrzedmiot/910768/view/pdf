--- v0 (2026-01-13)
+++ v1 (2026-01-15)
@@ -927,51 +927,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW116_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę na temat właściwości fizycznych oraz równania stanu dla gazów rzeczywistych. Potrafi podać różnice między gazem doskonałym i rzeczywistym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1427,51 +1427,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW116_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczyć parametry termofizyczne pary wodnej oraz pracę i ciepło przemian termodynamicznych pary wodnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>