--- v1 (2026-01-15)
+++ v2 (2026-02-08)
@@ -1357,51 +1357,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW116_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczyć teoretyczną sprawność obiegu gazowego składającego się z przemian odwracalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>