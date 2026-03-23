--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -997,71 +997,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW116_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zasad działania urządzeń chłodniczych (w ujęciu termodynamicznym).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW116_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW116_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zasad działania urządzeń chłodniczych (w ujęciu termodynamicznym).</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat funkcjonowania siłowni parowych, w tym: rozumie podstawy teoretyczne działań mających na celu podwyższenie sprawności obiegów parowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1072,336 +1142,266 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW116_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW116_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat funkcjonowania siłowni parowych, w tym: rozumie podstawy teoretyczne działań mających na celu podwyższenie sprawności obiegów parowych.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać obliczenia bilansowe prostego układu/systemu energetycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium 1, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W05</w:t>
+        <w:t xml:space="preserve">AiR1_U06, AiR1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW116_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW116_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać obliczenia bilansowe prostego układu/systemu energetycznego.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić sprawność konwersji energii w urządzeniach cieplnych na gruncie II zasady termodynamiki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1, egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium 2, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U06, AiR1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW116_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW116_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić sprawność konwersji energii w urządzeniach cieplnych na gruncie II zasady termodynamiki.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć ciepło i pracę przemian odwracalnych gazu doskonałego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 2, egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium 3, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U06, AiR1_U08</w:t>
+        <w:t xml:space="preserve">AiR1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW116_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczyć teoretyczną sprawność obiegu gazowego składającego się z przemian odwracalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>