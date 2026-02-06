--- v0 (2026-01-12)
+++ v1 (2026-02-06)
@@ -767,481 +767,481 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW105_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady odwzorowania elementów geometrycznych na kilku rzutniach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW105_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW105_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady odwzorowania elementów geometrycznych na kilku rzutniach.</w:t>
+        <w:t xml:space="preserve">Zna zasady tworzenia i odwzorowania brył oraz powierzchni II-go stopnia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Krótkie sprawdziany.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW105_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat wyznaczania linii przenikania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW105_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW105_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady tworzenia i odwzorowania brył oraz powierzchni II-go stopnia.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać rysunek aksonometryczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonania przez studenta rysunku aksonometrycznego w ramach zajęć oraz w ramach prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW105_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi odwzorować elementy geometryczne i relacje geometryczne zachodzące pomiędzy nimi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Krótkie sprawdziany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W10</w:t>
+        <w:t xml:space="preserve">AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW105_W4: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW105_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę na temat wyznaczania linii przenikania.</w:t>
+        <w:t xml:space="preserve">Potrafi odwzorować obrót i przeprowadzić jego analizę.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Krótkie sprawdziany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W10</w:t>
+        <w:t xml:space="preserve">AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW105_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi tworzyć i odwzorować powierzchnie II-go stopnia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>