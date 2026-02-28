--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -767,51 +767,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW105_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady odwzorowania elementów geometrycznych na kilku rzutniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>