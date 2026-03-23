--- v2 (2026-02-28)
+++ v3 (2026-03-23)
@@ -1267,51 +1267,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW105_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczyć linie przenikania powierzchni.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>