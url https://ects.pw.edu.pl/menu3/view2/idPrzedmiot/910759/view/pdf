--- v0 (2026-01-13)
+++ v1 (2026-02-06)
@@ -838,71 +838,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy rachunku całkowego funkcji jednej zmiennej rzeczywistej, w tym: pierwsze i drugie twierdzenie podstawowe rachunku całkowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW102_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy rachunku całkowego funkcji jednej zmiennej rzeczywistej, w tym: pierwsze i drugie twierdzenie podstawowe rachunku całkowego.</w:t>
+        <w:t xml:space="preserve">Zna podstawy rachunku różniczkowego funkcji wielu zmiennych rzeczywistych, w tym: pojęcie pochodnej cząstkowej, pochodnej kierunkowej i gradientu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -913,146 +983,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW102_W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy rachunku różniczkowego funkcji wielu zmiennych rzeczywistych, w tym: pojęcie pochodnej cząstkowej, pochodnej kierunkowej i gradientu.</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się funkcjami elementarnymi jednej zmiennej rzeczywistej, obliczać granice właściwe i niewłaściwe funkcji oraz badać jej ciągłość.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia i egzamin.</w:t>
+        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01</w:t>
+        <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW102_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się funkcjami elementarnymi jednej zmiennej rzeczywistej, obliczać granice właściwe i niewłaściwe funkcji oraz badać jej ciągłość.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczać pochodne funkcji jednej zmiennej (w tym: pochodne funkcji złożonej), badać monotoniczność i ekstrema funkcji, wyznaczać równanie stycznej do wykresu oraz stosować twierdzenie de l'Hospitala do obliczania granic.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1071,178 +1141,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW102_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczać pochodne funkcji jednej zmiennej (w tym: pochodne funkcji złożonej), badać monotoniczność i ekstrema funkcji, wyznaczać równanie stycznej do wykresu oraz stosować twierdzenie de l'Hospitala do obliczania granic.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczać całki nieoznaczone za pomocą twierdzeń o całkowaniu przez części, całkowaniu przez podstawienie, potrafi całkować funkcje wymierne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW102_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczać całki oznaczone, umie stosować je w geometrii i fizyce. Umie liczyć proste całki niewłaściwe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>