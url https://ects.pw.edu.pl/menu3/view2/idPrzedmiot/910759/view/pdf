--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -838,191 +838,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy rachunku całkowego funkcji jednej zmiennej rzeczywistej, w tym: pierwsze i drugie twierdzenie podstawowe rachunku całkowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy rachunku różniczkowego funkcji wielu zmiennych rzeczywistych, w tym: pojęcie pochodnej cząstkowej, pochodnej kierunkowej i gradientu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW102_U1: </w:t>
       </w:r>
     </w:p>