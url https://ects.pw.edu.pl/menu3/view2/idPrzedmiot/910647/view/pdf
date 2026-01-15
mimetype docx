--- v0 (2025-10-10)
+++ v1 (2026-01-15)
@@ -1885,50 +1885,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi budować modele obliczeniowe dla charakterystycznych problemów wytrzymałości konstrukcji: drgań własnych, pracy konstrukcji w zakresie sprężysto-plastycznym, utraty stateczności, zagadnień kontaktu ciał odkształcalnych.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi budować modele obliczeniowe dla charakterystycznych problemów wytrzymałości konstrukcji: drgań własnych, pracy konstrukcji w zakresie sprężysto-plastycznym, utraty stateczności, zagadnień kontaktu ciał odkształcalnych.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi budować modele obliczeniowe dla charakterystycznych problemów wytrzymałości konstrukcji: drgań własnych, pracy konstrukcji w zakresie sprężysto-plastycznym, utraty stateczności, zagadnień kontaktu ciał odkształcalnych.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2026,260 +2236,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>