--- v2 (2026-01-15)
+++ v3 (2026-02-08)
@@ -755,50 +755,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian teoretyczny i praktyczne ćwiczenia z modelowania za pomocą programu Ansys.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość podstawowych modeli obliczeniowych dla analizy nieliniowych zagadnień mechaniki konstrukcji, analiz drgań własnych i utraty stateczności.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny i praktyczne ćwiczenia z modelowania za pomocą programu Ansys.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -924,1362 +994,1292 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość podstawowych modeli obliczeniowych dla analizy nieliniowych zagadnień mechaniki konstrukcji, analiz drgań własnych i utraty stateczności.							</w:t>
+        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny i praktyczne ćwiczenia z modelowania za pomocą programu Ansys.</w:t>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
+        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W03</w:t>
+        <w:t xml:space="preserve">MiBM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
+        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W04</w:t>
+        <w:t xml:space="preserve">MiBM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
+        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
+        <w:t xml:space="preserve">MiBM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość metod obliczeń MES ustalonych zagadnień przepływu ciepła i obliczeń naprężeń cieplnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium) i ćwiczenia praktyczne w modelowaniu prostego zagadnienia naprężeń cieplnych.</w:t>
+        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W03</w:t>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi budować modele obliczeniowe dla charakterystycznych problemów wytrzymałości konstrukcji: drgań własnych, pracy konstrukcji w zakresie sprężysto-plastycznym, utraty stateczności, zagadnień kontaktu ciał odkształcalnych.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+        <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Znajomość możliwości zastosowania MES do wspomagania procesów projektowania i optymalizacji konstrukcji, a także do analiz konstrukcji kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi budować modele obliczeniowe dla charakterystycznych problemów wytrzymałości konstrukcji: drgań własnych, pracy konstrukcji w zakresie sprężysto-plastycznym, utraty stateczności, zagadnień kontaktu ciał odkształcalnych.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian teoretyczny (kolokwium).</w:t>
+        <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W08</w:t>
+        <w:t xml:space="preserve">MiBM1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
+        <w:t xml:space="preserve">							Potrafi budować modele obliczeniowe dla charakterystycznych problemów wytrzymałości konstrukcji: drgań własnych, pracy konstrukcji w zakresie sprężysto-plastycznym, utraty stateczności, zagadnień kontaktu ciał odkształcalnych.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
+        <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U01</w:t>
+        <w:t xml:space="preserve">MiBM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
+        <w:t xml:space="preserve">							Potrafi budować modele obliczeniowe dla charakterystycznych problemów wytrzymałości konstrukcji: drgań własnych, pracy konstrukcji w zakresie sprężysto-plastycznym, utraty stateczności, zagadnień kontaktu ciał odkształcalnych.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
+        <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U07</w:t>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
+        <w:t xml:space="preserve">							Potrafi budować modele obliczeniowe dla charakterystycznych problemów wytrzymałości konstrukcji: drgań własnych, pracy konstrukcji w zakresie sprężysto-plastycznym, utraty stateczności, zagadnień kontaktu ciał odkształcalnych.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
+        <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U08</w:t>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi interpretować wyniki obliczeń numerycznych typowych problemów wytrzymałości konstrukcji.							</w:t>
+        <w:t xml:space="preserve">							Potrafi budować modele obliczeniowe dla charakterystycznych problemów wytrzymałości konstrukcji: drgań własnych, pracy konstrukcji w zakresie sprężysto-plastycznym, utraty stateczności, zagadnień kontaktu ciał odkształcalnych.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy w laboratorium (test i raporty obliczeniowe).</w:t>
+        <w:t xml:space="preserve">Ocena wykonywanych przez studenta zadań podczas laboratorium, ocena sporządzonych przez studenta raportów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>