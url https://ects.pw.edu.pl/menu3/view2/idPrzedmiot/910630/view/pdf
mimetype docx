--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1314,237 +1314,377 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna metody badania stanu warstwy wierzchniej po procesach technologicznych – naprężenia własne, mikrotwardość, zgniot.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna metody badania stanu warstwy wierzchniej po procesach technologicznych – naprężenia własne, mikrotwardość, zgniot.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna metody badania stanu warstwy wierzchniej po procesach technologicznych – naprężenia własne, mikrotwardość, zgniot.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować odpowiednie przyrządy i metody pomiaru wielkości geometrycznych w zależności od dokładności i kształtu wykonywanej części.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W07</w:t>
+        <w:t xml:space="preserve">MiBM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna metody badania stanu warstwy wierzchniej po procesach technologicznych – naprężenia własne, mikrotwardość, zgniot.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować odpowiednie przyrządy i metody pomiaru wielkości geometrycznych w zależności od dokładności i kształtu wykonywanej części.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W09</w:t>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować odpowiednie przyrządy i metody pomiaru wielkości geometrycznych w zależności od dokładności i kształtu wykonywanej części.							</w:t>
+        <w:t xml:space="preserve">							W procesach obróbki skrawaniem potrafi ocenić zużycie ostrza, pomierzyć siły i temperatury podczas skrawania, dobrać parametry procesu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1563,232 +1703,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować odpowiednie przyrządy i metody pomiaru wielkości geometrycznych w zależności od dokładności i kształtu wykonywanej części.							</w:t>
+        <w:t xml:space="preserve">							W procesach obróbki skrawaniem potrafi ocenić zużycie ostrza, pomierzyć siły i temperatury podczas skrawania, dobrać parametry procesu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U16</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>