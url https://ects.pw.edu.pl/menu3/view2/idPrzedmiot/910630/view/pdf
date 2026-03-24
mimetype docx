--- v2 (2026-02-07)
+++ v3 (2026-03-24)
@@ -1314,50 +1314,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna metody badania stanu warstwy wierzchniej po procesach technologicznych – naprężenia własne, mikrotwardość, zgniot.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1405,216 +1475,286 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna metody badania stanu warstwy wierzchniej po procesach technologicznych – naprężenia własne, mikrotwardość, zgniot.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować odpowiednie przyrządy i metody pomiaru wielkości geometrycznych w zależności od dokładności i kształtu wykonywanej części.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W02</w:t>
+        <w:t xml:space="preserve">MiBM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK400_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi zastosować odpowiednie przyrządy i metody pomiaru wielkości geometrycznych w zależności od dokładności i kształtu wykonywanej części.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							W procesach obróbki skrawaniem potrafi ocenić zużycie ostrza, pomierzyć siły i temperatury podczas skrawania, dobrać parametry procesu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować odpowiednie przyrządy i metody pomiaru wielkości geometrycznych w zależności od dokładności i kształtu wykonywanej części.							</w:t>
+        <w:t xml:space="preserve">							W procesach obróbki skrawaniem potrafi ocenić zużycie ostrza, pomierzyć siły i temperatury podczas skrawania, dobrać parametry procesu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1633,338 +1773,408 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							W procesach obróbki skrawaniem potrafi ocenić zużycie ostrza, pomierzyć siły i temperatury podczas skrawania, dobrać parametry procesu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi napisać prosty program dla obrabiarki sterowanej numerycznie (np. do obróbki skrawaniem, elektroerozyjnej).							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U08</w:t>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							W procesach obróbki skrawaniem potrafi ocenić zużycie ostrza, pomierzyć siły i temperatury podczas skrawania, dobrać parametry procesu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi napisać prosty program dla obrabiarki sterowanej numerycznie (np. do obróbki skrawaniem, elektroerozyjnej).							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi napisać prosty program dla obrabiarki sterowanej numerycznie (np. do obróbki skrawaniem, elektroerozyjnej).							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi napisać prosty program dla obrabiarki sterowanej numerycznie (np. do obróbki skrawaniem, elektroerozyjnej).							</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać metodę spajania materiałów i podstawowe parametry procesu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U12</w:t>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi napisać prosty program dla obrabiarki sterowanej numerycznie (np. do obróbki skrawaniem, elektroerozyjnej).							</w:t>
+        <w:t xml:space="preserve">							Umie dokonać wyboru właściwej obróbki wykańczającej (szlifowanie, docieranie, dogładzanie) w zależności od warunków technicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U13</w:t>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi napisać prosty program dla obrabiarki sterowanej numerycznie (np. do obróbki skrawaniem, elektroerozyjnej).							</w:t>
+        <w:t xml:space="preserve">							Potrafi obrać sposób i parametry obróbki ściernej powierzchni swobodnych (obróbki strumieniowo-ścierne, w pojemnikach).							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1983,302 +2193,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi dobrać metodę spajania materiałów i podstawowe parametry procesu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi obrać sposób i parametry obróbki ściernej powierzchni swobodnych (obróbki strumieniowo-ścierne, w pojemnikach).							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i ocena indywidualnego sprawozdania z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U16</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U14</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>