--- v0 (2025-10-10)
+++ v1 (2026-01-12)
@@ -757,121 +757,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę dotyczącą budowania macierzy sztywności elementów skończonych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W02</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>