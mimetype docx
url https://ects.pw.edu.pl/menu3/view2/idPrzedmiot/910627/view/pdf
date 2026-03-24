--- v1 (2026-01-12)
+++ v2 (2026-03-24)
@@ -757,87 +757,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę dotyczącą budowania macierzy sztywności elementów skończonych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK342_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę dotyczącą budowania macierzy sztywności elementów skończonych.							</w:t>
+        <w:t xml:space="preserve">							Zna ogólne zasady budowy układów równań MES dla zagadnień statycznej analizy naprężeń.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -897,481 +967,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna schemat działania typowego programu MES.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i test na laboratorium komputerowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK342_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna ogólne zasady budowy układów równań MES dla zagadnień statycznej analizy naprężeń.							</w:t>
+        <w:t xml:space="preserve">							Zna schemat działania typowego programu MES.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia.</w:t>
+        <w:t xml:space="preserve">Kolokwia i test na laboratorium komputerowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK342_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna schemat działania typowego programu MES.							</w:t>
+        <w:t xml:space="preserve">							Potrafi samodzielnie zbudować dwuwymiarowy, liniowy model MES (ANSYS) konstrukcji (płaski stan naprężenia, płaski stan odkształcenia, osiowa symetria), wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia i test na laboratorium komputerowym.</w:t>
+        <w:t xml:space="preserve">Raport sporządzony na laboratorium komputerowym oraz test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W02</w:t>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK342_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK342_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna schemat działania typowego programu MES.							</w:t>
+        <w:t xml:space="preserve">							Potrafi samodzielnie zbudować dwuwymiarowy, liniowy model MES (ANSYS) konstrukcji (płaski stan naprężenia, płaski stan odkształcenia, osiowa symetria), wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia i test na laboratorium komputerowym.</w:t>
+        <w:t xml:space="preserve">Raport sporządzony na laboratorium komputerowym oraz test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W03</w:t>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK342_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi samodzielnie zbudować dwuwymiarowy, liniowy model MES (ANSYS) konstrukcji (płaski stan naprężenia, płaski stan odkształcenia, osiowa symetria), wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport sporządzony na laboratorium komputerowym oraz test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U08</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>