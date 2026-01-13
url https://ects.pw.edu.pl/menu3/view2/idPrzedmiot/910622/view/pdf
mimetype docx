--- v0 (2025-10-09)
+++ v1 (2026-01-13)
@@ -2158,121 +2158,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystać metody zapobiegające powstawaniu naprężeń odkształceń.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U16</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>