--- v1 (2026-01-13)
+++ v2 (2026-01-14)
@@ -1448,307 +1448,447 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę o obróbkach dokładnościowo-gładkościowych (szlifowanie, gładzenie i dogładzanie obróbki w pojemnikach). Zna wady, zalety i obszary zastosowań.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK399_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę o obróbkach dokładnościowo-gładkościowych (szlifowanie, gładzenie i dogładzanie obróbki w pojemnikach). Zna wady, zalety i obszary zastosowań.							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę o obróbce materiałów trudnoobrabialnych i części o skomplikowanym kształcie. Ma podstawową wiedzę o obróbkach elektroerozyjnych, elektrochemicznych, laserowych, wiązką elektronów, hybrydowych. Zna wady, zalety i zakres zastosowań tych obróbek.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę o obróbce materiałów trudnoobrabialnych i części o skomplikowanym kształcie. Ma podstawową wiedzę o obróbkach elektroerozyjnych, elektrochemicznych, laserowych, wiązką elektronów, hybrydowych. Zna wady, zalety i zakres zastosowań tych obróbek.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK399_W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę o obróbce materiałów trudnoobrabialnych i części o skomplikowanym kształcie. Ma podstawową wiedzę o obróbkach elektroerozyjnych, elektrochemicznych, laserowych, wiązką elektronów, hybrydowych. Zna wady, zalety i zakres zastosowań tych obróbek.							</w:t>
+        <w:t xml:space="preserve">							Potrafi ocenić technologiczność konstrukcji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W02</w:t>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK399_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę o obróbce materiałów trudnoobrabialnych i części o skomplikowanym kształcie. Ma podstawową wiedzę o obróbkach elektroerozyjnych, elektrochemicznych, laserowych, wiązką elektronów, hybrydowych. Zna wady, zalety i zakres zastosowań tych obróbek.							</w:t>
+        <w:t xml:space="preserve">							Potrafi ocenić technologiczność konstrukcji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W09</w:t>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK399_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi ocenić technologiczność konstrukcji.							</w:t>
+        <w:t xml:space="preserve">							Potrafi ocenić, czy zastosowane metody wpłyną na własności wytrzymałościowe i eksploatacyjne wyrobu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1767,58 +1907,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK399_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi ocenić technologiczność konstrukcji.							</w:t>
+        <w:t xml:space="preserve">							Potrafi ocenić, czy zastosowane metody wpłyną na własności wytrzymałościowe i eksploatacyjne wyrobu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1837,58 +1977,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK399_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi ocenić, czy zastosowane metody wpłyną na własności wytrzymałościowe i eksploatacyjne wyrobu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać podstawowe parametry dla omówionych procesów kształtowania wyrobu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1907,372 +2047,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK399_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi ocenić, czy zastosowane metody wpłyną na własności wytrzymałościowe i eksploatacyjne wyrobu.							</w:t>
+        <w:t xml:space="preserve">							Potrafi ułożyć proces technologiczny nieskomplikowanej części.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystać metody zapobiegające powstawaniu naprężeń odkształceń.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystać metody zapobiegające powstawaniu naprężeń odkształceń.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U20</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>