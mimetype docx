--- v0 (2026-01-14)
+++ v1 (2026-02-28)
@@ -912,831 +912,831 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Rozumie zasady budowania modeli fizycznych a następnie matematycznych różnych zjawisk i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Rozumie zasady budowania modeli fizycznych a następnie matematycznych różnych zjawisk i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Rozumie zasady budowania modeli fizycznych a następnie matematycznych różnych zjawisk i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW104_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Rozumie zasady budowania modeli fizycznych a następnie matematycznych różnych zjawisk i procesów.							</w:t>
+        <w:t xml:space="preserve">Zna opis matematyczny pól grawitacyjnych (newtonowskich), elektrostatycznych i magnetycznych oraz podobieństwa i różnice tych pól.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W04</w:t>
+        <w:t xml:space="preserve">E1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW104_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Rozumie zasady budowania modeli fizycznych a następnie matematycznych różnych zjawisk i procesów.							</w:t>
+        <w:t xml:space="preserve">Zna opis matematyczny pól grawitacyjnych (newtonowskich), elektrostatycznych i magnetycznych oraz podobieństwa i różnice tych pól.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
+        <w:t xml:space="preserve">E1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW104_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Rozumie zasady budowania modeli fizycznych a następnie matematycznych różnych zjawisk i procesów.							</w:t>
+        <w:t xml:space="preserve">Rozumie istotę reakcji jądrowych fuzji (syntezy) i rozszczepienia oraz ma ogólną wiedzę o energetyce jądrowej.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Zadanie domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie istotę reakcji jądrowych fuzji (syntezy) i rozszczepienia oraz ma ogólną wiedzę o energetyce jądrowej.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadanie domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeliczyć jednostki miar układu SI na jednostki innych układów i na odwrót.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W06</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW104_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna opis matematyczny pól grawitacyjnych (newtonowskich), elektrostatycznych i magnetycznych oraz podobieństwa i różnice tych pól.							</w:t>
+        <w:t xml:space="preserve">							Umie budować modele matematyczne prostych zjawisk fizycznych (niejednostajne ruchy ciał, drgania nietłumione sprężyny itp.).							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W01</w:t>
+        <w:t xml:space="preserve">E1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW104_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna opis matematyczny pól grawitacyjnych (newtonowskich), elektrostatycznych i magnetycznych oraz podobieństwa i różnice tych pól.							</w:t>
+        <w:t xml:space="preserve">							Umie zastosować zasady zachowania i prawa zmian wielkości fizycznych do prostych zadań mechaniki, termodynamiki i elektrotechniki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W02</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW104_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie istotę reakcji jądrowych fuzji (syntezy) i rozszczepienia oraz ma ogólną wiedzę o energetyce jądrowej.							</w:t>
+        <w:t xml:space="preserve">							Umie zastosować zasady zachowania i prawa zmian wielkości fizycznych do prostych zadań mechaniki, termodynamiki i elektrotechniki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zadanie domowe.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W02</w:t>
-[...288 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U12</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>