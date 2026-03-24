--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -912,50 +912,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW104_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Rozumie zasady budowania modeli fizycznych a następnie matematycznych różnych zjawisk i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1053,120 +1123,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W06</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>