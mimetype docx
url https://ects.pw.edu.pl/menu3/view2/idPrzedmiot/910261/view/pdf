--- v0 (2026-01-14)
+++ v1 (2026-02-07)
@@ -1180,50 +1180,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć normalną prędkość spalania palnej mieszaniny gazowej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1279,58 +1349,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi wyznaczyć normalną prędkość spalania palnej mieszaniny gazowej.					</w:t>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia za statecznikiem nieopływowym.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1390,541 +1460,471 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia za statecznikiem nieopływowym.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia za statecznikiem nieopływowym.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi przeprowadzić oznaczenie podstawowych parametrów wybuchowych mieszanin pyłowo-powietrznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi przeprowadzić oznaczenie podstawowych parametrów wybuchowych mieszanin pyłowo-powietrznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi przeprowadzić oznaczenie podstawowych parametrów wybuchowych mieszanin pyłowo-powietrznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi przeprowadzić oznaczenie podstawowych parametrów wybuchowych mieszanin pyłowo-powietrznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U01</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>