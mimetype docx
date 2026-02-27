--- v1 (2026-02-07)
+++ v2 (2026-02-27)
@@ -750,157 +750,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna podstawowe rodzaje płomieni i palników.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna podstawowe rodzaje płomieni i palników.							</w:t>
+        <w:t xml:space="preserve">							Student zna zasady i sposoby prowadzenia badań podstawowych w dziedzinie spalania.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, ocena sprawozdania.</w:t>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna zasady i sposoby prowadzenia badań podstawowych w dziedzinie spalania.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna zasady i sposoby prowadzenia badań podstawowych w dziedzinie spalania.					</w:t>
+        <w:t xml:space="preserve">							Student zna podstawowe metody obserwacji, pomiarowe i rejestracji procesów spalania.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -919,58 +1059,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna zasady i sposoby prowadzenia badań podstawowych w dziedzinie spalania.					</w:t>
+        <w:t xml:space="preserve">							Student zna podstawowe metody obserwacji, pomiarowe i rejestracji procesów spalania.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -981,286 +1121,356 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna podstawowe metody obserwacji, pomiarowe i rejestracji procesów spalania.						</w:t>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć normalną prędkość spalania palnej mieszaniny gazowej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W02</w:t>
+        <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna podstawowe metody obserwacji, pomiarowe i rejestracji procesów spalania.						</w:t>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć normalną prędkość spalania palnej mieszaniny gazowej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W07</w:t>
+        <w:t xml:space="preserve">LiK1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS616_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student potrafi wyznaczyć normalną prędkość spalania palnej mieszaniny gazowej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia za statecznikiem nieopływowym.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi wyznaczyć normalną prędkość spalania palnej mieszaniny gazowej.					</w:t>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia za statecznikiem nieopływowym.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1279,58 +1489,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi wyznaczyć normalną prędkość spalania palnej mieszaniny gazowej.					</w:t>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia za statecznikiem nieopływowym.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1390,87 +1600,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi przeprowadzić oznaczenie podstawowych parametrów wybuchowych mieszanin pyłowo-powietrznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia za statecznikiem nieopływowym.							</w:t>
+        <w:t xml:space="preserve">														Student potrafi przeprowadzić oznaczenie podstawowych parametrów wybuchowych mieszanin pyłowo-powietrznych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1489,58 +1769,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia za statecznikiem nieopływowym.							</w:t>
+        <w:t xml:space="preserve">														Student potrafi przeprowadzić oznaczenie podstawowych parametrów wybuchowych mieszanin pyłowo-powietrznych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1559,372 +1839,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia za statecznikiem nieopływowym.							</w:t>
+        <w:t xml:space="preserve">														Student potrafi przeprowadzić oznaczenie podstawowych parametrów wybuchowych mieszanin pyłowo-powietrznych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U13</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>