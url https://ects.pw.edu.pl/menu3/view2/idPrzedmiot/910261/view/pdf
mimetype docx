--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -750,105 +750,175 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna podstawowe rodzaje płomieni i palników.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna podstawowe rodzaje płomieni i palników.							</w:t>
+        <w:t xml:space="preserve">							Student zna zasady i sposoby prowadzenia badań podstawowych w dziedzinie spalania.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, ocena sprawozdania.</w:t>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -890,87 +960,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna podstawowe metody obserwacji, pomiarowe i rejestracji procesów spalania.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna zasady i sposoby prowadzenia badań podstawowych w dziedzinie spalania.					</w:t>
+        <w:t xml:space="preserve">							Student zna podstawowe metody obserwacji, pomiarowe i rejestracji procesów spalania.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -981,670 +1121,530 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna podstawowe metody obserwacji, pomiarowe i rejestracji procesów spalania.						</w:t>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć normalną prędkość spalania palnej mieszaniny gazowej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W02</w:t>
+        <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna podstawowe metody obserwacji, pomiarowe i rejestracji procesów spalania.						</w:t>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć normalną prędkość spalania palnej mieszaniny gazowej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W07</w:t>
+        <w:t xml:space="preserve">LiK1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS616_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student potrafi wyznaczyć normalną prędkość spalania palnej mieszaniny gazowej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia za statecznikiem nieopływowym.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia za statecznikiem nieopływowym.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia za statecznikiem nieopływowym.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS616_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS616_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi wyznaczyć normalną prędkość spalania palnej mieszaniny gazowej.					</w:t>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia za statecznikiem nieopływowym.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U05</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>