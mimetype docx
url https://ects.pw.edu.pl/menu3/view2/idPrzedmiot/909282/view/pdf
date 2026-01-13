--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -842,67 +842,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach lub kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11 BNP, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W11 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o czynnościach bankowych oraz umowach zawieranych z bankiem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -982,217 +982,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W12 FIB, K_W01, K_W11 FIB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.S.P7S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe zasady unijnego prawa rynku finansowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium/aktywność na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W11 FIB, K_W12 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.S.P7S_WG.3, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zasady unijnego prawa rynku finansowego.</w:t>
+        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę do rozwiązywania prostych problemów prawnych z zakresu ochrony klienta usług bankowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium/aktywność na zajęciach</w:t>
+        <w:t xml:space="preserve">Kolokwium lub praca na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W11 FIB, K_W12 FIB</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.S.P7S_WG.3, I.P7S_WK</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie
 rozpoznawania zadań, funkcji i kompetencji
 organu administracji, jakim jest KNF.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1220,51 +1220,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Bankowego Funduszu Gwarancyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1274,67 +1274,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U05, K_U10</w:t>
+        <w:t xml:space="preserve">K_U05, K_U10, K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.2, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji NBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1360,51 +1360,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U12, K_U13 FIB, K_U14 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Rzecznika Finansowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1414,67 +1414,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>