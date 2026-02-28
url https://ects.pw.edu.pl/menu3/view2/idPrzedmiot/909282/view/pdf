--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -788,51 +788,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W11 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę o funkcjonowaniu instytucji finansowych (m. in. banków, spółdzielczych kas oszczędnościowo-kredytowych)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -858,51 +858,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W11 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o czynnościach bankowych oraz umowach zawieranych z bankiem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -928,51 +928,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W11 FIB, K_W12 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.3, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zasady polskiego prawa rynku finansowego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -982,67 +982,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12 FIB, K_W01, K_W11 FIB</w:t>
+        <w:t xml:space="preserve">K_W01, K_W11 FIB, K_W12 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.S.P7S_WG.3, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zasady unijnego prawa rynku finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1132,67 +1132,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium lub praca na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U08</w:t>
+        <w:t xml:space="preserve">K_U04, K_U08, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie
 rozpoznawania zadań, funkcji i kompetencji
 organu administracji, jakim jest KNF.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1220,51 +1220,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Bankowego Funduszu Gwarancyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1274,67 +1274,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U10, K_U01, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U05, K_U10, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji NBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1344,67 +1344,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13 FIB, K_U14 FIB</w:t>
+        <w:t xml:space="preserve">K_U14 FIB, K_U12, K_U13 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Rzecznika Finansowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1414,67 +1414,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>