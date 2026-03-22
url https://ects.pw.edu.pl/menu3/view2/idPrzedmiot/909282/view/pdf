--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -788,51 +788,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W11 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę o funkcjonowaniu instytucji finansowych (m. in. banków, spółdzielczych kas oszczędnościowo-kredytowych)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -858,51 +858,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W11 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o czynnościach bankowych oraz umowach zawieranych z bankiem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -928,51 +928,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W11 FIB, K_W12 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.3, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zasady polskiego prawa rynku finansowego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1132,67 +1132,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium lub praca na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U08, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie
 rozpoznawania zadań, funkcji i kompetencji
 organu administracji, jakim jest KNF.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1274,67 +1274,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U05, K_U10, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U05, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.X.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji NBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1344,67 +1344,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14 FIB, K_U12, K_U13 FIB</w:t>
+        <w:t xml:space="preserve">K_U13 FIB, K_U14 FIB, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Rzecznika Finansowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>