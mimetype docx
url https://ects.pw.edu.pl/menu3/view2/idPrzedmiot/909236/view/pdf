--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -955,67 +955,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U05, IM2_U10, IM2_U01</w:t>
+        <w:t xml:space="preserve">IM2_U01, IM2_U05, IM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAN_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie wiedzy nabytej w trakcie wykładu lub przeprowadzonej samodzielnie analizy fachowej literatury student potrafi powiązać metodę wytwarzania stopów amorficznych i nanokrystalicznych z ich właściwościami i zastosowaniami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>