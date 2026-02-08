--- v0 (2026-01-12)
+++ v1 (2026-02-08)
@@ -825,51 +825,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W04, IM2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KMDMK_U1: </w:t>
       </w:r>
     </w:p>
@@ -1029,51 +1029,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja ze studentami w trakcie zajęć. Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U11, IM2_U13, IM2_U15, IM2_U18</w:t>
+        <w:t xml:space="preserve">IM2_U15, IM2_U18, IM2_U11, IM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1179,67 +1179,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja ze studentami na wykładach i zajeciach laboratoryjnoprojektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_K07, IM2_K02</w:t>
+        <w:t xml:space="preserve">IM2_K02, IM2_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KMDMK_K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować w zespole i rozwiązywac problemy w grupie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>