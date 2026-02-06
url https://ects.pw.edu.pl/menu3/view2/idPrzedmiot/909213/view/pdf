--- v0 (2026-01-13)
+++ v1 (2026-02-06)
@@ -961,51 +961,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W05, IM2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EAEK_U1: </w:t>
       </w:r>
     </w:p>