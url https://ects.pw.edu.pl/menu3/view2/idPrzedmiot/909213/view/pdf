--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -961,51 +961,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W05, IM2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EAEK_U1: </w:t>
       </w:r>
     </w:p>
@@ -1025,51 +1025,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U01, IM2_U05, IM2_U10, IM2_U16</w:t>
+        <w:t xml:space="preserve">IM2_U16, IM2_U01, IM2_U05, IM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>