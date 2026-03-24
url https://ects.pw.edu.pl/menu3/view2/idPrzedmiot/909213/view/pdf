--- v2 (2026-02-28)
+++ v3 (2026-03-24)
@@ -945,67 +945,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W05, IM2_W10</w:t>
+        <w:t xml:space="preserve">IM2_W10, IM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EAEK_U1: </w:t>
       </w:r>
     </w:p>
@@ -1025,51 +1025,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U16, IM2_U01, IM2_U05, IM2_U10</w:t>
+        <w:t xml:space="preserve">IM2_U01, IM2_U05, IM2_U10, IM2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>