--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -883,67 +883,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prezentacji wygłoszonej podczas seminarium, aktywności na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U07, IM2_U10, IM2_U12, IM2_U02, IM2_U04, IM2_U06</w:t>
+        <w:t xml:space="preserve">IM2_U02, IM2_U04, IM2_U06, IM2_U07, IM2_U10, IM2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>