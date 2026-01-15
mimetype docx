--- v0 (2026-01-13)
+++ v1 (2026-01-15)
@@ -749,191 +749,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka BIOMIM-W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna właściwości materiałów biologicznych  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka BIOMIM-W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna przykłady materiałów biomimetycznych  i metod ich formowania  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W09, IM2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BIOMIM-U1: </w:t>
       </w:r>
     </w:p>