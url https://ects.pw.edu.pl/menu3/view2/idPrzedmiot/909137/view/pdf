--- v1 (2026-01-15)
+++ v2 (2026-02-09)
@@ -873,67 +873,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W09, IM2_W07</w:t>
+        <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BIOMIM-U1: </w:t>
       </w:r>
     </w:p>