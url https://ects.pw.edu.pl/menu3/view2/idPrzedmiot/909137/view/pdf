--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -889,51 +889,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BIOMIM-U1: </w:t>
       </w:r>
     </w:p>