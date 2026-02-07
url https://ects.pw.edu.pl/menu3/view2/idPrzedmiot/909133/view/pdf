--- v0 (2026-01-11)
+++ v1 (2026-02-07)
@@ -811,67 +811,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Indywidualnie przygotowane opracowanie i wygłoszenie referatu. Dyskusje ze studentami. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W09, IM2_W11, IM2_W07</w:t>
+        <w:t xml:space="preserve">IM2_W07, IM2_W09, IM2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IGM_U1: </w:t>
       </w:r>
     </w:p>