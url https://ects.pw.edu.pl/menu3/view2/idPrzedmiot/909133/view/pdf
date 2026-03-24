--- v1 (2026-02-07)
+++ v2 (2026-03-24)
@@ -891,67 +891,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Indywidualnie przygotowane opracowanie. Dyskusje ze studentami. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U01, IM2_U13, IM2_U19</w:t>
+        <w:t xml:space="preserve">IM2_U19, IM2_U01, IM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IGM_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi na podstawie literatury anglojęzycznej przygotować i przedstawić w języku polskim referat, dotyczący zagadnień z zakresu inżynierii materiałowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>