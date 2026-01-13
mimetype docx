--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -836,51 +836,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OM_U1: </w:t>
       </w:r>
     </w:p>
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U19, IM2_U10, IM2_U18</w:t>
+        <w:t xml:space="preserve">IM2_U10, IM2_U18, IM2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OM_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury i innych źródeł, także w języku angielskim, w zakresie projektowania i optymalizacji mikrostruktury materiałów. Potrafi analizować uzyskane informacje, dokonywać ich interpretacji i wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>