--- v1 (2026-01-13)
+++ v2 (2026-01-14)
@@ -836,51 +836,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OM_U1: </w:t>
       </w:r>
     </w:p>
@@ -1066,51 +1066,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OM_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie społeczną rolę inżyniera oraz wpływ działalności inżynierskiej na rozwój cywilizacyjny. Rozumie znaczenie optymalizacji mikrostruktury materiałów celem uzyskania pożądanych właściwości materiałowych. Ma świadomość znaczenia optymalizacji mikrostruktury i właściwości materiałów w warunkach wyczerpywania surowców mineralnych i energetycznych oraz z punktu widzenia ekonomiki produkcji. Ma jednocześnie poczucie odpowiedzialności za blisko- i dalekosiężne skutki decyzji technicznych na ochronę środowiska i na inne aspekty związane ze zrównoważonym rozwojem gospodarczym, społecznym i cywilizacyjnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>