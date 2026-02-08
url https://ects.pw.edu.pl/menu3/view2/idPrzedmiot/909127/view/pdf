--- v2 (2026-01-14)
+++ v3 (2026-02-08)
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U10, IM2_U18, IM2_U19</w:t>
+        <w:t xml:space="preserve">IM2_U18, IM2_U19, IM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OM_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury i innych źródeł, także w języku angielskim, w zakresie projektowania i optymalizacji mikrostruktury materiałów. Potrafi analizować uzyskane informacje, dokonywać ich interpretacji i wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1066,51 +1066,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OM_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie społeczną rolę inżyniera oraz wpływ działalności inżynierskiej na rozwój cywilizacyjny. Rozumie znaczenie optymalizacji mikrostruktury materiałów celem uzyskania pożądanych właściwości materiałowych. Ma świadomość znaczenia optymalizacji mikrostruktury i właściwości materiałów w warunkach wyczerpywania surowców mineralnych i energetycznych oraz z punktu widzenia ekonomiki produkcji. Ma jednocześnie poczucie odpowiedzialności za blisko- i dalekosiężne skutki decyzji technicznych na ochronę środowiska i na inne aspekty związane ze zrównoważonym rozwojem gospodarczym, społecznym i cywilizacyjnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>