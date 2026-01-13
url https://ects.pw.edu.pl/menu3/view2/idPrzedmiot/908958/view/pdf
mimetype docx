--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -772,201 +772,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma rozszerzoną wiedzę przydatną do zrozumienia podstaw fizycznych i chemicznych procesów w inżynierii chemicznej i procesowej, w tym inżynierii biomedycznej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian ustny, referat, sprawozdanie, dyskusja, seminarium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma rozszerzoną wiedzę przydatną do zrozumienia podstaw fizycznych i chemicznych procesów w inżynierii chemicznej i procesowej, w tym inżynierii biomedycznej.</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z różnych źródeł; potrafi je interpretować a także wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian ustny, referat, sprawozdanie, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03</w:t>
+        <w:t xml:space="preserve">K2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętność planowania i prowadzenia badań w celu wytworzenia biomateriału, korzystać z przyrządów pomiarowych oraz interpretować uzyskane wyniki i wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>