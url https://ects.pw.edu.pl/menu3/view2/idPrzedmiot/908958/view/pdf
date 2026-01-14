--- v1 (2026-01-13)
+++ v2 (2026-01-14)
@@ -772,51 +772,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma rozszerzoną wiedzę przydatną do zrozumienia podstaw fizycznych i chemicznych procesów w inżynierii chemicznej i procesowej, w tym inżynierii biomedycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>