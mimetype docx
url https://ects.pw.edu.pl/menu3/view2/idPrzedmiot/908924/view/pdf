--- v0 (2026-01-15)
+++ v1 (2026-02-28)
@@ -955,51 +955,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać pełen projekt bioprocesowy instalacji przemysłowej do realizacji technologii biochemicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1175,51 +1175,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR, P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę dokształcania się i podnoszenia swoich kompetencji zawodowych                    i osobistych w szeroko rozumianym zakresie inżynierii bioprocesowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>