--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -1175,51 +1175,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR, P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę dokształcania się i podnoszenia swoich kompetencji zawodowych                    i osobistych w szeroko rozumianym zakresie inżynierii bioprocesowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>