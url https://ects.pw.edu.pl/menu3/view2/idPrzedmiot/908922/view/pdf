--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -801,51 +801,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma ugruntowaną wiedzę niezbędną do analizy cyklu życiowego wyrobów i procesów, czyli do sporządzania odpowiednich bilansów materiałowych i energetycznych uwzględniających wszystkie czynniki wpływające na środowisko, które są związane z danym wyrobem lub procesem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1076,67 +1076,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U04, K2_U05, K2_U06, K2_U07</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U06, K2_U07, K2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P6S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi, w oparciu o nabytą wiedzą dotyczącą zagrożeń środowiskowych (zagrożenia globalne i lokalne), stosować nowoczesną inżynierię chemiczną i procesową do projektowania proekologicznych procesów przemysłowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1297,51 +1297,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K05, K2_K03</w:t>
+        <w:t xml:space="preserve">K2_K03, K2_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>