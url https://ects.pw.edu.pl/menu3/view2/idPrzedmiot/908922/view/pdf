--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -1021,51 +1021,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać pełen projekt procesowy dotyczący silnika cieplnego i ogniwa
 fotowoltaicznego oraz analizę cyklu życiowego wybranego wyrobu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1076,67 +1076,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U06, K2_U07, K2_U04</w:t>
+        <w:t xml:space="preserve">K2_U04, K2_U05, K2_U06, K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P6S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi, w oparciu o nabytą wiedzą dotyczącą zagrożeń środowiskowych (zagrożenia globalne i lokalne), stosować nowoczesną inżynierię chemiczną i procesową do projektowania proekologicznych procesów przemysłowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>