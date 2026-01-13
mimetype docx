--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -782,51 +782,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W08, K2_W11</w:t>
+        <w:t xml:space="preserve">K2_W11, K2_W03, K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1005,51 +1005,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny, kolokwium, praca domowa, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U06, K2_U01, K2_U04</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U04, K2_U05, K2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>