--- v0 (2026-01-12)
+++ v1 (2026-02-07)
@@ -785,51 +785,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W11, K1_W12</w:t>
+        <w:t xml:space="preserve">K1_W12, K1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>