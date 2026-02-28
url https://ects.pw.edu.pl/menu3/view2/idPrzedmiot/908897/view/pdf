--- v1 (2026-02-07)
+++ v2 (2026-02-28)
@@ -785,51 +785,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W12, K1_W11</w:t>
+        <w:t xml:space="preserve">K1_W11, K1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -951,51 +951,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student poszerza umiejętność wiązania wiedzy dotyczącej właściwości materiałów                                      z możliwościami ich wykorzystania w procesach inżynierii chemicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>