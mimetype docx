--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -1065,51 +1065,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi, w oparciu o nabytą wiedzą dotyczącą środowiska naturalnego i przenoszenia zanieczyszczeń, stosować nowoczesna inżynierię chemiczna i procesowa do projektowania               pro-ekologicznych procesów przemysłowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1135,51 +1135,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>