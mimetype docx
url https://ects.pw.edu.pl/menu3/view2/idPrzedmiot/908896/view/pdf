--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -995,51 +995,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać projekt dotyczący przenoszenia zanieczyszczeń pomiędzy różnymi (atmosfera ziemska, woda, ziemia, organizmy żywe) składnikami środowiska naturalnego (w skali lokalnej lub globalnej).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1135,51 +1135,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>