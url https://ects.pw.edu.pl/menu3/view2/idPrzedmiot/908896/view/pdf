--- v3 (2026-02-06)
+++ v4 (2026-03-24)
@@ -845,271 +845,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o trendach rozwojowych i najistotniejszych osiągnięciach z zakresu zastosowań inżynierii chemicznej i procesowej w technologiach przetwarzania energii uzyskiwanej z odnawialnych i niekonwencjonalnych źródeł (energia spadku wody, energia wiatru, energia słoneczna, energia geotermalna, energia pływów morskich, biomasa, biogaz, energia nuklearna).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o trendach rozwojowych i najistotniejszych osiągnięciach z zakresu zastosowań inżynierii chemicznej i procesowej w technologiach przetwarzania energii uzyskiwanej z odnawialnych i niekonwencjonalnych źródeł (energia spadku wody, energia wiatru, energia słoneczna, energia geotermalna, energia pływów morskich, biomasa, biogaz, energia nuklearna).</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury, baz danych oraz innych źródeł w celu wykonania projektu dotyczącego przenoszenia zanieczyszczeń pomiędzy różnymi składnikami środowiska naturalnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W12</w:t>
+        <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury, baz danych oraz innych źródeł w celu wykonania projektu dotyczącego przenoszenia zanieczyszczeń pomiędzy różnymi składnikami środowiska naturalnego.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać projekt dotyczący przenoszenia zanieczyszczeń pomiędzy różnymi (atmosfera ziemska, woda, ziemia, organizmy żywe) składnikami środowiska naturalnego (w skali lokalnej lub globalnej).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U01</w:t>
+        <w:t xml:space="preserve">K1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi, w oparciu o nabytą wiedzą dotyczącą środowiska naturalnego i przenoszenia zanieczyszczeń, stosować nowoczesna inżynierię chemiczna i procesowa do projektowania               pro-ekologicznych procesów przemysłowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>