--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -808,51 +808,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat funkcji informacji, doboru źródeł informacji, a także technicznych sposobów gromadzenia, przechowywania i dystrybucji informacji oraz elementów multimedialnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1448,121 +1448,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badanie stanu techniki w zakresie literatury patentowej. Potrafi przygotować udokumentowane opracowanie oraz prezentację ustną dotyczące zagadnień              z zakresu swojej dziedziny i specjalności.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny, praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>