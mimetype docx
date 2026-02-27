--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -1088,51 +1088,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1448,51 +1448,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić badanie stanu techniki w zakresie literatury patentowej. Potrafi przygotować udokumentowane opracowanie oraz prezentację ustną dotyczące zagadnień              z zakresu swojej dziedziny i specjalności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>