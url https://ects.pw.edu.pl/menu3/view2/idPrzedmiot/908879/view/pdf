--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -1088,51 +1088,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -1238,51 +1238,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Syntetyzuje pozyskane informacje i potrafi zastosować je do rozwiązywania złożonych problemów, w celu tworzenia nowych zagadnień, hipotez i rozwiązań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>