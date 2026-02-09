--- v0 (2026-01-12)
+++ v1 (2026-02-09)
@@ -940,51 +940,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury oraz zasobów informacji naukowej i patentowej, w tym w języku obcym; potrafi integrować uzyskane informacje, dokonywać ich interpretacji, wyciągać wnioski oraz formułować i uzasadniać opinie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>