--- v0 (2026-01-14)
+++ v1 (2026-02-07)
@@ -1142,51 +1142,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi interpretować i opisywać matematycznie przebieg procesów dwufazowych z reakcją chemiczną. Potrafi określać wpływ reakcji chemicznej na przebieg procesu absorpcji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>