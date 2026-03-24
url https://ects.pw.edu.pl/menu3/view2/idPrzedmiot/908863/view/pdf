--- v1 (2026-02-07)
+++ v2 (2026-03-24)
@@ -852,51 +852,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat bilansowania reaktorów dwufazowych z uwzględnieniem układów typu gaz-ciecz (absorpcja z reakcją chemiczną) oraz ciecz-ciecz (problem ekstrakcji).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>