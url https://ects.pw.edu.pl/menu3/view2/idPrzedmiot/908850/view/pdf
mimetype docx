--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -808,51 +808,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę niezbędną do rozwiązywania problemów przenoszenia pędu, energii i masy, również  w obecności biegnącej równocześnie reakcji chemicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1028,51 +1028,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pisać sprawozdania z własnej pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>