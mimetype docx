--- v0 (2026-01-11)
+++ v1 (2026-02-08)
@@ -983,51 +983,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil praktyczny - umiejętności</w:t>
@@ -1413,67 +1413,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy bieżącej przy realizacji projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U11, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-1005_U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać wektoryzację obrazu rastrowego z wykorzystaniem programów CAD/ GIS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1634,67 +1634,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wpisz opis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-1005_K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość możliwości zawansowanych metod edycji obrazów także w celu zafałszowania widzenia rzeczywistości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>