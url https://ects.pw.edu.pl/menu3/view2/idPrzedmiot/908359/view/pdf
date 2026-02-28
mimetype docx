--- v1 (2026-02-08)
+++ v2 (2026-02-28)
@@ -983,51 +983,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W08, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil praktyczny - umiejętności</w:t>
@@ -1580,51 +1580,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K02, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-1005_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie potrzebę dalszego kształcenia i zdobywania umiejętności z zakresu grafiki inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>