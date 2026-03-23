--- v2 (2026-02-28)
+++ v3 (2026-03-23)
@@ -913,51 +913,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1580,51 +1580,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K02, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-1005_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie potrzebę dalszego kształcenia i zdobywania umiejętności z zakresu grafiki inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>