--- v1 (2026-01-13)
+++ v2 (2026-02-07)
@@ -891,51 +891,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07, K_W08, K_W13</w:t>
+        <w:t xml:space="preserve">K_W08, K_W13, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil praktyczny - umiejętności</w:t>
@@ -1041,51 +1041,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U19, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U11, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>