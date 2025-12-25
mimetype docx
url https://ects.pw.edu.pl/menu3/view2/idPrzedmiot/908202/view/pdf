--- v0 (2025-10-28)
+++ v1 (2025-12-25)
@@ -901,51 +901,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U05, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UO, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>