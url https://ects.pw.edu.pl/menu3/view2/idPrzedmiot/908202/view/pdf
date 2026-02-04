--- v1 (2025-12-25)
+++ v2 (2026-02-04)
@@ -885,67 +885,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test/praca pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U05, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U01, K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, I.P6S_UO, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>