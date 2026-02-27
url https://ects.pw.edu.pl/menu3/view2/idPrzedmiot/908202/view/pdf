--- v2 (2026-02-04)
+++ v3 (2026-02-27)
@@ -802,67 +802,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test/praca pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W05, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W01, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WG, II.H.P6S_WG.1.o, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -885,67 +885,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test/praca pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U01, K_U02, K_U05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U05, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, I.P6S_UO, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>