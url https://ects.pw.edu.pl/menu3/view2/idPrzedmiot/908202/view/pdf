--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -802,67 +802,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test/praca pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W01, K_W05</w:t>
+        <w:t xml:space="preserve">K_W01, K_W05, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WG, II.H.P6S_WG.1.o, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -967,51 +967,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test/ praca pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K05, K_K08</w:t>
+        <w:t xml:space="preserve">K_K08, K_K01, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>