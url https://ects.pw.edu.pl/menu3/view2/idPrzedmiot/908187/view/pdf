--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -752,67 +752,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12 BNP, K_W03, K_W10</w:t>
+        <w:t xml:space="preserve">K_W03, K_W10, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębiona wiedzę dotyczącą usług administracji publicznej (e-usług), ich jakości, bezpieczeństwa i potrzeb zapewnienia interoperacyjności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -892,67 +892,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12 BNP, K_W03, K_W10</w:t>
+        <w:t xml:space="preserve">K_W03, K_W10, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13 BNP, K_U14 BNP, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U12, K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować wymagane struktury danych przez podmioty administracji publicznej na potrzeby świadczenia e-usług administracji publicznej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1112,67 +1112,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U12, K_U13 BNP, K_U14 BNP</w:t>
+        <w:t xml:space="preserve">K_U14 BNP, K_U06, K_U12, K_U13 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1262,51 +1262,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K07, K_K08 BNP, K_K09 BNP, K_K10 BNP, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K07, K_K08 BNP, K_K09 BNP, K_K10 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>