--- v1 (2026-01-13)
+++ v2 (2026-03-22)
@@ -752,237 +752,307 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W12 BNP, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma pogłębiona wiedzę dotyczącą usług administracji publicznej (e-usług), ich jakości, bezpieczeństwa i potrzeb zapewnienia interoperacyjności.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W10, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma pogłębiona wiedzę dotyczącą usług administracji publicznej (e-usług), ich jakości, bezpieczeństwa i potrzeb zapewnienia interoperacyjności.</w:t>
+        <w:t xml:space="preserve">Zna struktury i problemy wymiany danych na potrzeby świadczenia e-usług administracji publicznej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W10, K_W12 BNP</w:t>
+        <w:t xml:space="preserve">K_W12 BNP, K_W03, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna struktury i problemy wymiany danych na potrzeby świadczenia e-usług administracji publicznej. </w:t>
+        <w:t xml:space="preserve">Potrafi interpretować i stosować zasady oraz zalecenia wskazane w europejskich i krajowych ramach interoperacyjności. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W10, K_W12 BNP</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13 BNP, K_U06, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.X.P7S_WG.1.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UO, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi interpretować i stosować zasady oraz zalecenia wskazane w europejskich i krajowych ramach interoperacyjności. </w:t>
+        <w:t xml:space="preserve">Potrafi stosować usługi administracji publicznej (e-usługi) zgodnie z zachowaniem ich bezpieczeństwa, jakości oraz interoperacyjności. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1001,178 +1071,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02 : </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stosować usługi administracji publicznej (e-usługi) zgodnie z zachowaniem ich bezpieczeństwa, jakości oraz interoperacyjności. </w:t>
+        <w:t xml:space="preserve">Potrafi stosować wymagane struktury danych przez podmioty administracji publicznej na potrzeby świadczenia e-usług administracji publicznej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń. Przygotowanie prezentacji i przedstawienie problemu na forum grupy wskazanego przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U12, K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>