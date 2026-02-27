--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -1194,67 +1194,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zdiagnozować potrzeby personalne w organizacji w oparciu o analizę: strategii i kultury organizacyjnej oraz zdefiniować zakres zadań pracowniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>