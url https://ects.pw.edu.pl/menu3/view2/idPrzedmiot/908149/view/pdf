--- v1 (2026-02-27)
+++ v2 (2026-03-31)
@@ -1060,51 +1060,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>