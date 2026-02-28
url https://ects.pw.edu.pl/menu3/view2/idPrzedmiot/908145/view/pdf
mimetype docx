--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -803,67 +803,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W06, K_W09, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła finansowania zadań JST i potrafi określić kierunki wydatków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -943,67 +943,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W10, K_W02</w:t>
+        <w:t xml:space="preserve">K_W10, K_W02, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o podstawowych instytucjach i podmiotach, świadczących usługi lokalne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1179,51 +1179,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U05, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi odnaleźć informacje o stanie finansów samorządowych w systemie teleinformatycznym, obliczyć wybrane wskaźniki z zakresu gospodarki finansowej JST oraz je zinterpretować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1249,51 +1249,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U12, K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ze zrozumieniem czytać sprawozdania budżetowe i na tej podstawie formułować wnioski nt kondycji finansowej i majątkowej JST .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1453,67 +1453,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca własna związana z analizą literatury, aktów prawnych i danych statystycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_FST_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość roli i znaczenia gospodarki finansowej JST w zaspakajaniu potrzeb społeczności lokalnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1523,51 +1523,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca własna związana z analizą literatury, aktów prawnych i danych statystycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K07</w:t>
+        <w:t xml:space="preserve">K_K07, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>