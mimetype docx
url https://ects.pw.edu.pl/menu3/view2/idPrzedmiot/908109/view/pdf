--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne, dyskusja na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W01, K_W07, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03 Student ma wiedzę o makroekonomicznych uwarunkowaniach rozwoju państwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1004,51 +1004,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02 Student potrafi objaśnić wpływ różnych czynników ma politykę makroekonomiczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1074,51 +1074,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_03 Potrafi dokonać obserwacji i interpretacji otaczających go zjawisk ekonomicznych w odniesieniu do realizowanej polityki gospodarczej w Polsce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>