--- v1 (2026-02-07)
+++ v2 (2026-02-27)
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie mechanizmy społeczne i uwarunkowania historyczne oddziałujące na rozwój przestrzenny lokalny i regionalny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>