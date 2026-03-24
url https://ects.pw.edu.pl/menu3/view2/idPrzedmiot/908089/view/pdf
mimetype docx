--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie mechanizmy społeczne i uwarunkowania historyczne oddziałujące na rozwój przestrzenny lokalny i regionalny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>