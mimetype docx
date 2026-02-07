--- v0 (2026-01-15)
+++ v1 (2026-02-07)
@@ -860,51 +860,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę o relacjach zachodzących na etapach tworzenia, obciążania i pracy konstrukcji w warunkach działania tych obciążeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1000,51 +1000,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe rodzaje odkształceń związanych z odpowiedzią konstrukcji na przyłożone obciążenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1204,67 +1204,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części praktycznej obowiązującej na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>