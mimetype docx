--- v1 (2026-02-07)
+++ v2 (2026-02-27)
@@ -860,51 +860,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę o relacjach zachodzących na etapach tworzenia, obciążania i pracy konstrukcji w warunkach działania tych obciążeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1204,67 +1204,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części praktycznej obowiązującej na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1290,51 +1290,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWZM_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe elementy programu służącego do realizacji ćwiczeń i rozumie sposób funkcjonowania podobnych programów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>