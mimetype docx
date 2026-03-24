--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -860,51 +860,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę o relacjach zachodzących na etapach tworzenia, obciążania i pracy konstrukcji w warunkach działania tych obciążeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1070,51 +1070,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWZM_01: </w:t>
       </w:r>
     </w:p>
@@ -1290,51 +1290,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWZM_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe elementy programu służącego do realizacji ćwiczeń i rozumie sposób funkcjonowania podobnych programów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>