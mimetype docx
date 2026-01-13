--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -785,51 +785,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent ma rozszerzoną i ugruntowaną wiedzę dotyczącą stosowania prawa UE w krajowym porządku prawnym. Absolwent zna i rozumie w pogłębionym stopniu specyfikę ochrony roszczeń wywodzonych z prawa UE przed sądami krajowymi i przed TS UE Absolwent zna i rozumie w pogłębionym stopniu zasady ogólne prawa UE umożliwiające stosowanie prawa UE na poziomie krajowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1005,51 +1005,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U06, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, II.X.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UK, II.X.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>