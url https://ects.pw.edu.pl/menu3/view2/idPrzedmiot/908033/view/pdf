--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -769,67 +769,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań samodzielnie rozwiązywanych przez studentów w trakcie zajęć; ocena aktywności studentów podczas dyskusji prowadzonych w trakcie zajęć; ocena prezentacji przygotowywanych przez studentów i wygłoszonych w trakcie zajęć; ocena pracy pisemnej – glosy do wybranego orzeczenia lub orzeczeń TS UE uznanych przez studenta za kamienie milowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent ma rozszerzoną i ugruntowaną wiedzę dotyczącą stosowania prawa UE w krajowym porządku prawnym. Absolwent zna i rozumie w pogłębionym stopniu specyfikę ochrony roszczeń wywodzonych z prawa UE przed sądami krajowymi i przed TS UE Absolwent zna i rozumie w pogłębionym stopniu zasady ogólne prawa UE umożliwiające stosowanie prawa UE na poziomie krajowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1005,51 +1005,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U06, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UK, II.X.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.X.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>