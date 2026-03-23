--- v2 (2026-02-27)
+++ v3 (2026-03-23)
@@ -785,51 +785,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent ma rozszerzoną i ugruntowaną wiedzę dotyczącą stosowania prawa UE w krajowym porządku prawnym. Absolwent zna i rozumie w pogłębionym stopniu specyfikę ochrony roszczeń wywodzonych z prawa UE przed sądami krajowymi i przed TS UE Absolwent zna i rozumie w pogłębionym stopniu zasady ogólne prawa UE umożliwiające stosowanie prawa UE na poziomie krajowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -839,67 +839,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań samodzielnie rozwiązywanych przez studentów w trakcie zajęć; ocena aktywności studentów podczas dyskusji prowadzonych w trakcie zajęć; ocena prezentacji przygotowywanych przez studentów i wygłoszonych w trakcie zajęć; ocena pracy pisemnej – glosy do wybranego orzeczenia lub orzeczeń TS UE uznanych przez studenta za kamienie milowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent ma rozszerzoną i ugruntowaną wiedzę w wybranym przez siebie obszarze prawa UE, które wybrał jako studium przypadku dla pracy z orzeczeniem lub orzeczeniami TS UE wybranymi jako kamienie milowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań samodzielnie i grupowo rozwiązywanych przez studentów w trakcie zajęć; ocena aktywności studentów podczas dyskusji prowadzonych w trakcie zajęć; ocena prezentacji przygotowywanych przez studentów i wygłoszonych w trakcie zajęć; ocena pracy pisemnej – glosy do wybranego orzeczenia lub orzeczeń TS UE uznanych przez studenta za kamienie milowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U06, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U03, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.X.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.S.P7S_UW.1, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>