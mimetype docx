--- v0 (2026-01-12)
+++ v1 (2026-02-07)
@@ -778,51 +778,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe miary statystyczne: różne średnie, medianę i dominantę, percentyle, miary rozproszenia, współczynniki zmienności, miary asymetrii i koncentracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -918,71 +918,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawowe wiadomości o rozkładzie normalnym i wykładniczym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawowe wiadomości o rozkładzie normalnym i wykładniczym.</w:t>
+        <w:t xml:space="preserve">Wie, na czym polega wnioskowanie statystyczne i testowanie hipotez statystycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -993,336 +1063,266 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie, na czym polega wnioskowanie statystyczne i testowanie hipotez statystycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi porządkować dane statystyczne i obliczać podstawowe miary statystyczne (miary wartości przeciętnej, rozproszenia, zmienności, asymetrii i koncentracji), wykorzystując w tym celu także narzędzia komputerowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi porządkować dane statystyczne i obliczać podstawowe miary statystyczne (miary wartości przeciętnej, rozproszenia, zmienności, asymetrii i koncentracji), wykorzystując w tym celu także narzędzia komputerowe.</w:t>
+        <w:t xml:space="preserve">Potrafi określać stopień korelacji między cechami jednostek danej populacji oraz wyznaczać liniowe funkcje regresji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.T.P6S_UW.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określać stopień korelacji między cechami jednostek danej populacji oraz wyznaczać liniowe funkcje regresji.</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się typowymi teoretycznymi rozkładami statystycznymi (w tym: normalnym).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzać proste wnioskowania statystyczne i testować proste hipotezy statystyczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>