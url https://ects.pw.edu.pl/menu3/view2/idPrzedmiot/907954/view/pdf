--- v1 (2026-02-07)
+++ v2 (2026-03-23)
@@ -918,51 +918,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawowe wiadomości o rozkładzie normalnym i wykładniczym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1058,51 +1058,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1278,51 +1278,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzać proste wnioskowania statystyczne i testować proste hipotezy statystyczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1348,51 +1348,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczać niektóre miary statystyczne za pomocą funkcji programu EXCEL.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>