--- v0 (2026-01-12)
+++ v1 (2026-02-08)
@@ -782,277 +782,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student wie o zastosowaniach metod formalnych w rozwiązywaniu problemów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student wie, na czym polega różnica pomiędzy pragmatyką, syntaktyką i semantyką.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy klasycznego rachunku zdań i sylogistyki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.3, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy klasycznego rachunku predykatów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1133,67 +1133,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1229,71 +1229,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi korzystać z sylogizmów, praw kwadratu logicznego, stosować obwersję, konwersję, kontrapozycję.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie ćwiczeń, kolokwium pisemne z pytaniami opisowymi lub testowymi lub praca zaliczeniowa na zadany temat (fakultatywnie)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi korzystać z sylogizmów, praw kwadratu logicznego, stosować obwersję, konwersję, kontrapozycję.</w:t>
+        <w:t xml:space="preserve">Potrafi rozstrzygać przy pomocy metody zero-jedynkowej, czy dane zdanie jest tautologią KRZ i sprawdzać poprawność wnioskowań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie ćwiczeń, kolokwium pisemne z pytaniami opisowymi lub testowymi lub praca zaliczeniowa na zadany temat (fakultatywnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1312,58 +1382,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi rozstrzygać przy pomocy metody zero-jedynkowej, czy dane zdanie jest tautologią KRZ i sprawdzać poprawność wnioskowań.</w:t>
+        <w:t xml:space="preserve">Potrafi dowodzić przy pomocy metody założeniowej tezy w klasycznym rachunku zdań i klasycznym rachunku predykatów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie ćwiczeń, kolokwium pisemne z pytaniami opisowymi lub testowymi lub praca zaliczeniowa na zadany temat (fakultatywnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1374,250 +1444,180 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dowodzić przy pomocy metody założeniowej tezy w klasycznym rachunku zdań i klasycznym rachunku predykatów.</w:t>
+        <w:t xml:space="preserve">Odpowiedzialnie przygotowuje się do pełnienia ważnej roli w społeczeństwie, projektuje i wykonuje zadania w zakresie pracy zawodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie ćwiczeń, kolokwium pisemne z pytaniami opisowymi lub testowymi lub praca zaliczeniowa na zadany temat (fakultatywnie)</w:t>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie ćwiczeń przedmiotowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_K01, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Odpowiedzialnie przygotowuje się do pełnienia ważnej roli w społeczeństwie, projektuje i wykonuje zadania w zakresie pracy zawodowej</w:t>
+        <w:t xml:space="preserve">Ma świadomość konieczności zachowania spójności logicznej aktów prawnych i reguł społecznych wraz ze świadomością użyteczności zachowywania konsekwencji w myśleniu i postępowaniu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie ćwiczeń przedmiotowych</w:t>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie ćwiczeń przedmiotowych lub praca zaliczeniowa na zadany temat (fakultatywnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K01, K_K07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_K07, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>