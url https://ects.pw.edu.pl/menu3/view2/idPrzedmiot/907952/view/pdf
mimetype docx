--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -782,277 +782,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, II.X.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student wie o zastosowaniach metod formalnych w rozwiązywaniu problemów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student wie o zastosowaniach metod formalnych w rozwiązywaniu problemów.</w:t>
+        <w:t xml:space="preserve">Student wie, na czym polega różnica pomiędzy pragmatyką, syntaktyką i semantyką.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W01, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy klasycznego rachunku zdań i sylogistyki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.3, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy klasycznego rachunku predykatów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1149,51 +1149,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1229,51 +1229,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z sylogizmów, praw kwadratu logicznego, stosować obwersję, konwersję, kontrapozycję.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1423,51 +1423,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie ćwiczeń, kolokwium pisemne z pytaniami opisowymi lub testowymi lub praca zaliczeniowa na zadany temat (fakultatywnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>