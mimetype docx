--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -813,51 +813,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja i raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1253,51 +1253,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja i raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K03, K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>