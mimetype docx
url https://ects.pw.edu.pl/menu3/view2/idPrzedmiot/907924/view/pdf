--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -963,87 +963,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja i raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GP.NMK105_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi pracować indywidualnie i w zespole; umie oszacować czas potrzebny na realizację zleconego zadania; potrafi opracować i zrealizować harmonogram prac zapewniający dotrzymanie terminów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Prezentacja i raport</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka GP.NMK105_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka GP.NMK105_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi pracować indywidualnie i w zespole; umie oszacować czas potrzebny na realizację zleconego zadania; potrafi opracować i zrealizować harmonogram prac zapewniający dotrzymanie terminów</w:t>
+        <w:t xml:space="preserve">umie przygotować wystąpienia ustne z wykorzystaniem rożnych środków komunikacji werbalnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja i raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1054,250 +1124,180 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka GP.NMK105_U3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GP.NMK105_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie przygotować wystąpienia ustne z wykorzystaniem rożnych środków komunikacji werbalnej</w:t>
+        <w:t xml:space="preserve">ma wyrobioną świadomość zawodową społecznej odpowiedzialności przy ocenie i w podejmowaniu decyzji w zakresie planowania przestrzennego prowadzonego w różnych skalach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja i raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka GP.NMK105_K1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GP.NMK105_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wyrobioną świadomość zawodową społecznej odpowiedzialności przy ocenie i w podejmowaniu decyzji w zakresie planowania przestrzennego prowadzonego w różnych skalach</w:t>
+        <w:t xml:space="preserve">potrafi współpracować i pracować w grupie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja i raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K01, K_K02, K_K03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_K03, K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>