--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -957,67 +957,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U14, K2_U06, K2_U09, K2_U16_IK</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U09, K2_U16_IK, K2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować samodzielnie i w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>