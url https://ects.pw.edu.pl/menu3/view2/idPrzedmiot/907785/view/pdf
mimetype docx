--- v1 (2026-02-27)
+++ v2 (2026-03-31)
@@ -737,437 +737,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test. Obrona sprawozdania z ćwiczeń. Ocena z prezentacji tematycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K2_W13, K2_W10, K2_W15_IK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę dotyczącą nowoczesnych metod badawczych warstw nawierzchni drogowych w czasie budowy i eksploatacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, obrona sprawozdania z ćwiczeń, ocena z prezentacji tematycznej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K2_W10, K2_W15_IK, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę dotyczącą nowoczesnych metod badawczych warstw nawierzchni drogowych w czasie budowy i eksploatacji.</w:t>
+        <w:t xml:space="preserve">Potrafi stosując nowoczesne technologie prowadzić budowę związaną z wykonaniem warstw konstrukcyjnych nawierzchni drogowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test, obrona sprawozdania z ćwiczeń, ocena z prezentacji tematycznej.</w:t>
+        <w:t xml:space="preserve">Zaliczenie przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W10, K2_W15_IK, K2_W13</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U09, K2_U16_IK, K2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić jakość wykonanych robót drogowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie przedmiotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U06, K2_U09, K2_U16_IK, K2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi pracować samodzielnie i w zespole.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena z prezentacji i aktywności na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stosując nowoczesne technologie prowadzić budowę związaną z wykonaniem warstw konstrukcyjnych nawierzchni drogowych.</w:t>
+        <w:t xml:space="preserve">Ma świadomość odpowiedzialności za prezentowane wyniki badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U09, K2_U16_IK, K2_U14</w:t>
+        <w:t xml:space="preserve">K2_K01, K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotów do oceny i formułowania krytycznych opinii na temat wybranego rozwiązania materiałowo-technologicznego z zakresu budowy dróg.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>