--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -900,51 +900,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W14_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady probabilistycznego modelowania efektów działających na konstrukcję obciążeń i ich kombinacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1190,51 +1190,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi, wykorzystując metody analityczne lub symulacyjne, przeprowadzić wstępną analizę elementu konstrukcyjnego lub układu konstrukcyjnego pod względem jego bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>