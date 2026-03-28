--- v0 (2026-02-27)
+++ v1 (2026-03-28)
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">obrona pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W04, K2_W07, K2_W03, K2_W02</w:t>
+        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W04, K2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -971,51 +971,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07, K2_W15_KB</w:t>
+        <w:t xml:space="preserve">K2_W15_KB, K2_W03, K2_W04, K2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1207,51 +1207,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U01, K2_U02, K2_U03, K2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi krytycznie analizować i sprawdzać analitycznie wyniki MES dotyczące pracy sprężystej prętów cienkościennych oraz powłok walcowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1331,67 +1331,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U02, K2_U03, K2_U06, K2_U08</w:t>
+        <w:t xml:space="preserve">K2_U03, K2_U06, K2_U08, K2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie analizować pracę wybranych konstrukcji cięgnowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1487,51 +1487,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U02, K2_U03, K2_U04, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
@@ -1551,67 +1551,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">obrona pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K01, K2_K03, K2_K04, K2_K07</w:t>
+        <w:t xml:space="preserve">K2_K04, K2_K07, K2_K01, K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest świadom konieczności podnoszenia  swoich kompetencji w zakresie mechaniki konstrukcji. Korzystać z zalecanej literatury i samodzielnie się dokształca.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>